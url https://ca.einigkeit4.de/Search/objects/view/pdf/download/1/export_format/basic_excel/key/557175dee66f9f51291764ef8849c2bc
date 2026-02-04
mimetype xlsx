--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -1,308 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...231 lines deleted...]
-    <t>Melkbecher (G1089)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -348,149 +113,50 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...97 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -735,474 +401,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z60"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="2" max="2" width="50" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.569336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26">
-[...350 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>