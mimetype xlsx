--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -1,73 +1,308 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Axt aus Schmiede (G1019)</t>
+  </si>
+  <si>
+    <t>Beil (G1016)</t>
+  </si>
+  <si>
+    <t>Bettgestell (A1852)</t>
+  </si>
+  <si>
+    <t>Bettgestell mit Habsburgischem Doppeladler an Kopf- und Fußende</t>
+  </si>
+  <si>
+    <t>Dengelamboss (A1526)</t>
+  </si>
+  <si>
+    <t>Vor dem Aufkommen von Mähmaschinen um die Jahrhundertwende vom 19. zum 20. Jahrhundert wurden Korn und Gras mit Sensen und Sicheln geschnitten. Diese mussten vor Beginn der Arbeit stets geschärft werden, was als Dengeln bezeichnet wird. 
+Zum Dengeln wurde die Schneide der Sense oder Sichel mit einem Schlosser- oder Dengelhammer auf einem kleinen Amboss beschlagen, um sie so nach vorn hin zu verdünnen und zu schärfen. 
+Dieser transportable Dengelamboss ließ sich verschiedene Untergründe wie etwa direkt in den Feldboden oder in einen Holzklotz einschlagen, falls das Arbeitsgerät unterwegs nachgeschärft werden musste.</t>
+  </si>
+  <si>
+    <t>Dengelhammer (G1047)</t>
+  </si>
+  <si>
+    <t>Dengelhammer (G1048)</t>
+  </si>
+  <si>
+    <t>Gurt für Zugzwecke und Lederriemen  (G1071)</t>
+  </si>
+  <si>
+    <t>Hacke (A1293)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Die Formen und Verwendungen von Hacken sind zahlreich und lassen sich nur schwer vereinheitlichen. Eine Gemeinsamkeit ist jedoch, dass Hacken bis zum Aufkommen größerer Hackmaschinen in den Jahren nach dem ersten Weltkrieg auf dem Feld zur Bodenbearbeitung eingesetzt wurden. Nachher wurden sie immer mehr von der Feld- in die Gartenarbeit verdrängt.  </t>
+  </si>
+  <si>
+    <t>Hinterkummet (A1729)</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1589)</t>
+  </si>
+  <si>
+    <t>Um das Hufhorn der Hufe von Arbeitstieren vor zu schnellem Abrieb zu schützen, war es wichtig, dieses zu schützen. Hierfür wurden Hufeisen angebracht. Diese bestehen in der Regel aus Schmiedeeisen und werden mittels Nägeln an der Hornwand des Hufes befestigt.  
+Jedes Hufeisen wird individuell auf die Bedürfnisse des jeweiligen Pferdes angepasst. Dabei spielen beispielsweise Größe, Gewicht, Einsatzgebiet oder mögliche Beinfehlstellungen eine Rolle.</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1591)</t>
+  </si>
+  <si>
+    <t>Kelle (A1650)</t>
+  </si>
+  <si>
+    <t>Knackschlaghammer (A1461)</t>
+  </si>
+  <si>
+    <t>Die Besonderheit dieses Hammers ist, dass der Hammerkopf auf einen Ast gesteckt und dort belassen wurde, bis der Ast kräftig genug war, um den Hammerkof zu fixieren und zu tragen. Der vorliegende Hammer wurde auf einen Haselstrauch gesteckt, der durch das "Auge", die Aussparung für den Stiel, hindurchgewachsen ist.
+Mit dieser Hammerart wurden vorrangig Steine geschlagen und zerkleinert. Sie wurden genutzt, um Wege auf Feldern anzulegen, was meist Frauenaufgabe war.</t>
+  </si>
+  <si>
+    <t>Knarre (G1013)</t>
+  </si>
+  <si>
+    <t>Kommode (G1006)</t>
+  </si>
+  <si>
+    <t>Kopfgeschirr (A1736)</t>
+  </si>
+  <si>
+    <t>Kumtbock mit 4 Pferdedecken und 20 Geschirrteilen (G1081)</t>
+  </si>
+  <si>
+    <t>[LEER] ()</t>
+  </si>
+  <si>
+    <t>Mangel (D1009)</t>
+  </si>
+  <si>
+    <t>Maulklemme (G1017)</t>
+  </si>
+  <si>
+    <t>Melkbecher (G1089)</t>
+  </si>
+  <si>
+    <t>Mistgabel (A1115)</t>
+  </si>
+  <si>
+    <t>Mistgabeln wurden hauptsächlich bei der Stallfütterung und Entmistung verwendet. Der kurze, kräftige Stiel ermöglicht das Heben schwerer Lasten.</t>
+  </si>
+  <si>
+    <t>Nageleisen (G1018)</t>
+  </si>
+  <si>
+    <t>Nasenring (A1851)</t>
+  </si>
+  <si>
+    <t>Metallring  zum Führen eines Rindes</t>
+  </si>
+  <si>
+    <t>Ochsenjoch (G1088)</t>
+  </si>
+  <si>
+    <t>Pferdepeitsche (G1043)</t>
+  </si>
+  <si>
+    <t>Pferdepeitsche (G1060)</t>
+  </si>
+  <si>
+    <t>Pferdepeitsche (G1061)</t>
+  </si>
+  <si>
+    <t>Pferdesattel (G1044)</t>
+  </si>
+  <si>
+    <t>Plakat "Ph. Mayfarth &amp; Co." (A1311)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dieses Plakat warb für die Frankfurter Landmaschinenfabrik "Philipp Mayfarth und Co." Die 1872 gegründete Firma produzierte erfolgreich Maschinen und Geräte für den landwirtschaftlichen Einsatz. 1906 konnte neben zahlreichen weiteren auch eine Niederlassung in Leipzig eröffnet werden. </t>
+  </si>
+  <si>
+    <t>Rübengabel (A1611)</t>
+  </si>
+  <si>
+    <t>Riemen mit Schellen (A1726)</t>
+  </si>
+  <si>
+    <t>Schaufel (A1273)</t>
+  </si>
+  <si>
+    <t>Schaufeln wurden noch bis ins 20. Jahrhundert hinein vorrangig von Schmieden gefertigt. Dementsprechend viele Schaufelformen gab es - je nach den individuellen Bedürfnissen des Bauern angefertigt. 
+Im 20. und 21. Jahrhundert wurden Schaufeln zunehmend industriell gefertigt und häufig durch Vertreter verkauft.  
+Grundlegend kann aber festgehalten werden, dass leichterer Boden mit einem breiteren Schaufelblatt bearbeitet werden konnte. Je härter und schwerer der Boden war, desto schmaler und auch schwerer musste das Schaufelblatt sein.</t>
+  </si>
+  <si>
+    <t>Schaufel (A1735)</t>
+  </si>
+  <si>
+    <t>Scherbaum (A1730)</t>
+  </si>
+  <si>
+    <t>Scherbaum (A1731)</t>
+  </si>
+  <si>
+    <t>Sense (A1621)</t>
+  </si>
+  <si>
+    <t>Sensen dienten zum Schneiden von Gras und Getreide. Dabei war eine Vielzahl an Sensenblättern gebräuchlich, die sich in Länge und Form unterschieden. Das Blatt dieser Sense ist 110cm lang. 
+Mit langen Sensenblättern wurden grundsätzlich eher hohe Getreidedorten auf größerer Fläche geschnitten, mit kurzen Blättern eher niedrigere Pflanzen wie Gräser an unzugänglicheren Stellen.</t>
+  </si>
+  <si>
+    <t>Separator "Miele"  (G1027)</t>
+  </si>
+  <si>
+    <t>Der Separator "Miele" diente zur Rahmgewinnung für die Butterherstellung. Er verfügte über eine Riemenscheibe für einen Kraftantrieb, musste also nicht von Hand betrieben werden.</t>
+  </si>
+  <si>
+    <t>Separator zur Rahmgewinnung für die Butterbereitung (Modell mit Handbetrieb) (G1026)</t>
+  </si>
+  <si>
+    <t>Spitzhacke (A1511)</t>
+  </si>
+  <si>
+    <t>Stirnjoch für Ochsen (A1821)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Das Stirnjoch wurden an den Hörnern des Zugtieres befestigt. Es ist daher nur für Hornträger geeignet. </t>
+  </si>
+  <si>
+    <t>Stoßbutterfass (A1796)</t>
+  </si>
+  <si>
+    <t>In einem Stoßbutterfass wurde aus Rahm Butter hergestellt. Der Rahm, der zuvor von der Milch abgeschöpft worden war, wurde mit Hilfe des Stößers, der in senkrechten Auf- und Abbewegungen geführt wurde, solange geschlagen, bis er verbutterte.</t>
+  </si>
+  <si>
+    <t>Stoßmesser (G1012)</t>
+  </si>
+  <si>
+    <t>Säwanne (A1506)</t>
+  </si>
+  <si>
+    <t>Transportschlitten (A1476)</t>
+  </si>
+  <si>
+    <t>Trense (A1737)</t>
+  </si>
+  <si>
+    <t>Trense (A1738)</t>
+  </si>
+  <si>
+    <t>Trense (A1739)</t>
+  </si>
+  <si>
+    <t>Weidenkorb (A1302)</t>
+  </si>
+  <si>
+    <t>Körbe waren alltägliche Behältnisse zur Aufbewahrung und auch zum Transport von Lebensmitteln und Alltagsgütern.</t>
+  </si>
+  <si>
+    <t>Weidenkorb (A1303)</t>
+  </si>
+  <si>
+    <t>Wetzstein  (A1795)</t>
+  </si>
+  <si>
+    <t>Um während der Mahd die Schneiden der Sensen und Sicheln auch auf dem Feld nachschärfen zu können, trug man bis ins ausgehende 19. Jahrhundert einen Wetzstein bei sich.</t>
+  </si>
+  <si>
+    <t>Wetzsteinköcher (A1787)</t>
+  </si>
+  <si>
+    <t>Um während der Mahd die Schneiden der Sensen und Sicheln auch auf dem Feld nachschärfen zu können, trug man bis ins ausgehende 19. Jahrhundert einen Wetzstein bei sich. Dieser bestand oft aus Sand- oder Schiefergestein. 
+Da der Stein jedoch nur gut schliff, wenn er nass war, benötigte man stets Wasser. Hierfür wurde der Wasserbehälter, der regional unterschiedlich genannt wurde, am Gürtel getragen. Oft war dem Wasser noch Essig zugesetzt, was die Schleifwirkung des Steines noch erhöhen sollte.</t>
+  </si>
+  <si>
+    <t>Zange (G1014)</t>
+  </si>
+  <si>
+    <t>Zange (G1015)</t>
+  </si>
+  <si>
+    <t>Zügel (A1723)</t>
+  </si>
+  <si>
+    <t>Zügel (A1727)</t>
+  </si>
+  <si>
+    <t>Zügel (A1728)</t>
+  </si>
+  <si>
+    <t>Zügel (A1732)</t>
+  </si>
+  <si>
+    <t>Zweispänner-Kummet (G1051)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +348,149 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89583_ca_object_representations_media_1571_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57553_ca_object_representations_media_1287_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47271_ca_object_representations_media_1569_large3.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +735,474 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26">
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
+      <c r="B3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="396">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="B8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="B10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="B11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="B12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="B13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="B14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="B15" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="B16" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="B18" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="B20" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="B21" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="B22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="B23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="396">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26">
+      <c r="B26" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26">
+      <c r="B27" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26">
+      <c r="B28" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26">
+      <c r="B29" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
+      <c r="B30" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26">
+      <c r="B31" t="s">
+        <v>40</v>
+      </c>
+      <c r="C31" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26">
+      <c r="B32" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26">
+      <c r="B33" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26">
+      <c r="B34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C34" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26">
+      <c r="B35" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26">
+      <c r="B36" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26">
+      <c r="B37" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26">
+      <c r="B38" t="s">
+        <v>49</v>
+      </c>
+      <c r="C38" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26">
+      <c r="B39" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26">
+      <c r="B40" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26">
+      <c r="B41" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="396">
+      <c r="A42"/>
+      <c r="B42" t="s">
+        <v>55</v>
+      </c>
+      <c r="C42" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26">
+      <c r="B43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C43" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26">
+      <c r="B44" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26">
+      <c r="B45" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26">
+      <c r="B46" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26">
+      <c r="B47" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26">
+      <c r="B48" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26">
+      <c r="B49" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26">
+      <c r="B50" t="s">
+        <v>65</v>
+      </c>
+      <c r="C50" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26">
+      <c r="B51" t="s">
+        <v>67</v>
+      </c>
+      <c r="C51" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26">
+      <c r="B52" t="s">
+        <v>68</v>
+      </c>
+      <c r="C52" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26">
+      <c r="B53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C53" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26">
+      <c r="B54" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26">
+      <c r="B55" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26">
+      <c r="B56" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26">
+      <c r="B57" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26">
+      <c r="B58" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26">
+      <c r="B59" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26">
+      <c r="B60" t="s">
+        <v>78</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>