--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -1,73 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Obstpresse (A1127)</t>
+  </si>
+  <si>
+    <t>Die Presse diente zur Herstellung von Säften aus Obst und Gemüse. Indem man die Kurbel immer weiter nach unten drehte, konnte man großen Druck auf das Pressgut ausüben.</t>
+  </si>
+  <si>
+    <t>Rührstab für Pflaumenmus (A1772)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In der Erntezeit wurden große Mengen an Obst auf einmal verkocht. Hierfür wurden beispielsweise die großen Tröge in den Waschhäuser genutzt. In diese wurde unten einige Kieselsteine gelegt, damit das Mus nicht anbrannte. Mit dem Rührgerät konnte in dem großen Gefäß umgerührt werden.
+</t>
+  </si>
+  <si>
+    <t>Kohlhobel, A1465 (R08)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verarbeiten, Handeln, Lagern – 1
+War die Ernte eingebracht, folgte deren Weiterverarbeitung. Diese fiel in die Herbst- und Winterzeit. Lebensmittel mussten haltbar gemacht werden, da es noch keine Kühlschränke und Gefrierfächer gab. Gängige Techniken hierfür waren das Säuern (Sauerkraut, Gurken), das Einkochen (Marmelade, Obst) oder das Trocknen (Dörrobst, Kräuter, Hülsenfrüchte). Für tierische Produkte kamen außerdem noch das Pökeln (Fleisch und Fisch) und das Räuchern (Fleisch, Käse, Wurst) in Frage. 
+Um beispielsweise Sauerkraut herzustellen, wurde der (Weiß-)Kohl mit Hilfe eines Hobels in Streifen geschnitten. Diese wurden in einen Gärtopf gegeben und mit Salz vermengt. Nun musste das Gemisch unter Druck gesetzt und luftdicht verschlossen werden. Die Flüssigkeit aus dem Kohl trat aus und in der Luft befindliche Milchsäurebakterien setzten die Gärung in Gang. Bereits nach wenigen Tagen entstand Milchsäure, die den Kohl haltbar machte und ihm seinen typischen Geschmack verlieh.
+Weitere Objekte aus dieser Kategorie:
+A1133 – Glasballon 
+A1475 – Gärtopf 
+A1774 – Sauerkrautstampfer 
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +141,149 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38308_ca_object_representations_media_450_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98559_ca_object_representations_media_1078_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54938_ca_object_representations_media_1271_large3.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9991725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +528,149 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="34.562988" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="891">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="892">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="892">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>