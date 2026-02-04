--- v0 (2025-10-29)
+++ v1 (2026-02-04)
@@ -1,73 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Pflanzenschneider für Halme (A1329)</t>
+  </si>
+  <si>
+    <t>Hecksense, Fragment ohne Sensenblatt (A1331)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hecksensen dienten zum Schneiden von kurzen Getreidesorten. Sie verfügten über ein hölzernes Gestell, das sogenannte Heckgestell, oberhalb des Sensenblattes. 
+ Dieses Heckgestell bewirkte, dass geschnittenes Korn besser in Schwaden fiel. Schwaden sind die Reihen von gemähtem Getreide oder auch der Vorgang des Ablegens in Reihen – das Korn wurde geschwadet. Da dieses Schwaden mit kurzen Getreidesorten wie Gerste und Weizen, aber auch bei liegendem Getreide schwieriger war als bei langstieligen, aufrecht stehenden Pflanzen, wurden hierfür Hecksensen eingesetzt.  </t>
+  </si>
+  <si>
+    <t>Erntegabel (A1342)</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1430)</t>
+  </si>
+  <si>
+    <t>Um das Hufhorn der Hufe von Arbeitstieren vor zu schnellem Abrieb zu schützen, war es wichtig, dieses zu schützen. Hierfür wurden Hufeisen angebracht. Diese bestehen in der Regel aus Schmiedeeisen und werden mittels Nägeln an der Hornwand des Hufes befestigt.  
+Jedes Hufeisen wird individuell auf die Bedürfnisse des jeweiligen Pferdes angepasst. Dabei spielen beispielsweise Größe, Gewicht, Einsatzgebiet oder mögliche Beinfehlstellungen eine Rolle.</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1432)</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1433)</t>
+  </si>
+  <si>
+    <t>Kupiereisen (A1439)</t>
+  </si>
+  <si>
+    <t>Spindel (A1550)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -113,50 +147,119 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45617_ca_object_representations_media_754_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77536_ca_object_representations_media_869_large2.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -401,121 +504,176 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.998047" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.27417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26">
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
+      <c r="B3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26">
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="892">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="892">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CollectiveAccess</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>