--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -28,80 +28,80 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
-    <t>Pflanzenschneider für Halme (A1329)</t>
+    <t>Spindel (A1550)</t>
+  </si>
+  <si>
+    <t>Kupiereisen (A1439)</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1433)</t>
+  </si>
+  <si>
+    <t>Um das Hufhorn der Hufe von Arbeitstieren vor zu schnellem Abrieb zu schützen, war es wichtig, dieses zu schützen. Hierfür wurden Hufeisen angebracht. Diese bestehen in der Regel aus Schmiedeeisen und werden mittels Nägeln an der Hornwand des Hufes befestigt.  
+Jedes Hufeisen wird individuell auf die Bedürfnisse des jeweiligen Pferdes angepasst. Dabei spielen beispielsweise Größe, Gewicht, Einsatzgebiet oder mögliche Beinfehlstellungen eine Rolle.</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1432)</t>
+  </si>
+  <si>
+    <t>Hufeisen (A1430)</t>
+  </si>
+  <si>
+    <t>Erntegabel (A1342)</t>
   </si>
   <si>
     <t>Hecksense, Fragment ohne Sensenblatt (A1331)</t>
   </si>
   <si>
     <t xml:space="preserve">Hecksensen dienten zum Schneiden von kurzen Getreidesorten. Sie verfügten über ein hölzernes Gestell, das sogenannte Heckgestell, oberhalb des Sensenblattes. 
  Dieses Heckgestell bewirkte, dass geschnittenes Korn besser in Schwaden fiel. Schwaden sind die Reihen von gemähtem Getreide oder auch der Vorgang des Ablegens in Reihen – das Korn wurde geschwadet. Da dieses Schwaden mit kurzen Getreidesorten wie Gerste und Weizen, aber auch bei liegendem Getreide schwieriger war als bei langstieligen, aufrecht stehenden Pflanzen, wurden hierfür Hecksensen eingesetzt.  </t>
   </si>
   <si>
-    <t>Erntegabel (A1342)</t>
-[...18 lines deleted...]
-    <t>Spindel (A1550)</t>
+    <t>Pflanzenschneider für Halme (A1329)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -150,96 +150,96 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45617_ca_object_representations_media_754_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77536_ca_object_representations_media_869_large2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77536_ca_object_representations_media_869_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45617_ca_object_representations_media_754_large2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10001250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10001250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -520,142 +520,142 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="2" max="2" width="47.27417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26">
+    <row r="2" spans="1:26" customHeight="1" ht="892">
+      <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:26">
+    <row r="3" spans="1:26" customHeight="1" ht="892">
+      <c r="A3"/>
       <c r="B3" t="s">
         <v>5</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="B6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="B7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="B8" t="s">
         <v>11</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="892">
-      <c r="A9"/>
+    <row r="9" spans="1:26">
       <c r="B9" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>